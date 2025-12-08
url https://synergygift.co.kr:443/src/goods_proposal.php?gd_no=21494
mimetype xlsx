--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -33,51 +33,51 @@
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>부직포초음파 M380 | 상품코드: S21494</t>
   </si>
   <si>
     <t>02-713-8555</t>
   </si>
   <si>
     <t>www.synergygift.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
-    <t>실크 / 비규격미포장</t>
+    <t>실크 / 포장불가능</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
   </si>
   <si>
     <t>3,000~</t>
   </si>
   <si>
     <t>5,000~</t>
   </si>
   <si>
     <t>10,000~</t>
   </si>
   <si>
     <t xml:space="preserve">*VAT별도  </t>
   </si>
@@ -334,51 +334,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a8708a30f6a009299676c33fdb58c22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ca17ad95b9b828cc6bfb07b366f71792.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>