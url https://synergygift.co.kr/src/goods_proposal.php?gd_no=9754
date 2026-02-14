--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c4033cceddacc6cb6cd7d3e38ff344d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515ca49a5ab8e12f65cca5333f6e62c12.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>