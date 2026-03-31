--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515ca49a5ab8e12f65cca5333f6e62c12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe9f0cc82ebf4e91d9643ac7f5402c652.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>