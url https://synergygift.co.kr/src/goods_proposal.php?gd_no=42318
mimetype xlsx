--- v0 (2025-12-23)
+++ v1 (2026-02-23)
@@ -51,51 +51,51 @@
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
     <t>- 안전하고 정확하게 코털을 제거한다. 에코너 코털제거기&lt;br&gt;- 강력한 7000rpm 의 모터 스피드로 더욱 빠르고 안전하게 코털을 제거&lt;br&gt;- 인처공학정 디자인 , 작은헤드 사이즈, 저소음으로 편리하게 사용&lt;br&gt;- 헤드는 분리후 물세척이 가능&lt;br&gt;- LED 화면과 원터치 버튼조작으로 편리함을 더욱 극대화&lt;br&gt;- 적합등록번호 : R-R-AlT-econer-R5 (모델명:econer-R5&lt;br&gt;- 안전인증번호 : YU10972-19001 (모델명 : 14500-500mAh&lt;br&gt;- 정격 :3.7Vd.c 500mAh&lt;br&gt;- 소비전력 : 1W&lt;br&gt;- 사용시간 : 약 50분&lt;br&gt;- 모터스피드 : 7000rpm&lt;br&gt;- 충전시간 : 약 90분&lt;br&gt;- 제품 사이즈 : 22 x 24.7 x 126mm, 약 51g&lt;br&gt;- 재질 : ABS , 스테인리스 스틸</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
     <t>레이저 / 포장지포장</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>30~</t>
   </si>
   <si>
     <t>100~</t>
   </si>
   <si>
-    <t>300~</t>
+    <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
   </si>
   <si>
     <t>3,000~</t>
   </si>
   <si>
     <t xml:space="preserve">*VAT별도  </t>
   </si>
   <si>
     <t>단가</t>
   </si>
   <si>
     <t>【상품 URL】</t>
   </si>
   <si>
     <t>https://synergygift.co.kr:443/src/goods_detail.php?gdno=42318</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a71db5e5e3e9b0f82042b7a218c2a1a12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28c444e66d08a7058fa9201868d19e43.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4858a993cfff1ff12fec927a4e3e91bf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70101ed9f9c02ca06df9ff5ac078255f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/633ac71791a9fad6628ee3f1a47ae0653.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e541bf1d074974b995caced5c840e5cd4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1167,63 +1167,63 @@
       </c>
       <c r="C27" s="15" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A28" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="18">
-        <v>9500</v>
+        <v>9480</v>
       </c>
       <c r="D28" s="18">
-        <v>8950</v>
+        <v>8900</v>
       </c>
       <c r="E28" s="18">
-        <v>8600</v>
+        <v>7440</v>
       </c>
       <c r="F28" s="18">
-        <v>8250</v>
+        <v>7250</v>
       </c>
       <c r="G28" s="18">
-        <v>8100</v>
+        <v>7120</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A29" s="8"/>
       <c r="B29" s="15"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A30" s="8"/>
       <c r="B30" s="15"/>
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="18" s="17" customFormat="1">
       <c r="A31" s="16"/>
       <c r="B31" s="15"/>
       <c r="C31" s="18"/>
       <c r="D31" s="18"/>