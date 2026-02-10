--- v0 (2025-12-16)
+++ v1 (2026-02-10)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d50962cc7ed6aab9326e4eb24a7ea552.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c36f1135824aa909aee1411d02c89ca13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823b4fac636b8f116128818e9c9adb654.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35387a01c3d11400fdb4e1ff1b531e302.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a06d80dcacbf3f37f6232798a6c41083.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668512cc4560a5f4283f1fc5769927294.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>