--- v1 (2026-02-10)
+++ v2 (2026-02-10)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35387a01c3d11400fdb4e1ff1b531e302.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a06d80dcacbf3f37f6232798a6c41083.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/668512cc4560a5f4283f1fc5769927294.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf507c84fb0cc55109fedf4a99e17702.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6b2bc042c6e47e00fd9eefe8142b733.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da9c5f7018f504db875b0ff15c1c18464.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>