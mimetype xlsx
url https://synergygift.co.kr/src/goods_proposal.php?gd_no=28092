--- v2 (2026-02-10)
+++ v3 (2026-03-27)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf507c84fb0cc55109fedf4a99e17702.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da6b2bc042c6e47e00fd9eefe8142b733.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da9c5f7018f504db875b0ff15c1c18464.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75b2c8fb99646dc6c6d5d11d858287122.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37cb3b7a0edbe56089d7a0a8b132fc7f3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2af501f21e5d3534360209903a89948a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>