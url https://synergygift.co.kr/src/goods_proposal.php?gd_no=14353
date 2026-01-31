--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -346,51 +346,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdbeccc9b37de8283d3a332cb8b156da2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054eddf72b90833e7247a7aad0044b102.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>