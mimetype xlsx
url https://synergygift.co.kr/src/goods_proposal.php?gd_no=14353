--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -45,63 +45,63 @@
   <si>
     <t>02-713-8555</t>
   </si>
   <si>
     <t>www.synergygift.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
     <t>컴팩트한 디자인 세련된 블랙과 레드 디자인 메모리</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
     <t>레이저 / 포장지포장</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
+    <t>50~</t>
+  </si>
+  <si>
     <t>100~</t>
   </si>
   <si>
     <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
   </si>
   <si>
-    <t>3,000~</t>
-[...2 lines deleted...]
-    <t>5,000~</t>
+    <t>2,000~</t>
   </si>
   <si>
     <t xml:space="preserve">*VAT별도  </t>
   </si>
   <si>
     <t>16G</t>
   </si>
   <si>
     <t>32G</t>
   </si>
   <si>
     <t>64G</t>
   </si>
   <si>
     <t>128G</t>
   </si>
   <si>
     <t>【상품 URL】</t>
   </si>
   <si>
     <t>https://synergygift.co.kr:443/src/goods_detail.php?gdno=14353</t>
   </si>
 </sst>
 </file>
 
@@ -346,51 +346,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/054eddf72b90833e7247a7aad0044b102.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2264e177f21c3061a4ba58bf91571d292.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1116,126 +1116,126 @@
       </c>
       <c r="C27" s="15" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A28" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="18">
-        <v>5050</v>
+        <v>9200</v>
       </c>
       <c r="D28" s="18">
-        <v>4970</v>
+        <v>8980</v>
       </c>
       <c r="E28" s="18">
-        <v>4850</v>
+        <v>8610</v>
       </c>
       <c r="F28" s="18">
-        <v>4730</v>
+        <v>8390</v>
       </c>
       <c r="G28" s="18">
-        <v>4650</v>
+        <v>8240</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A29" s="8"/>
       <c r="B29" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C29" s="18">
-        <v>5340</v>
+        <v>13630</v>
       </c>
       <c r="D29" s="18">
-        <v>5250</v>
+        <v>13300</v>
       </c>
       <c r="E29" s="18">
-        <v>5120</v>
+        <v>12760</v>
       </c>
       <c r="F29" s="18">
-        <v>4990</v>
+        <v>12430</v>
       </c>
       <c r="G29" s="18">
-        <v>4910</v>
+        <v>12210</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A30" s="8"/>
       <c r="B30" s="15" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="18">
-        <v>6700</v>
+        <v>17840</v>
       </c>
       <c r="D30" s="18">
-        <v>6590</v>
+        <v>17410</v>
       </c>
       <c r="E30" s="18">
-        <v>6430</v>
+        <v>16690</v>
       </c>
       <c r="F30" s="18">
-        <v>6270</v>
+        <v>16270</v>
       </c>
       <c r="G30" s="18">
-        <v>6160</v>
+        <v>15980</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="18" s="17" customFormat="1">
       <c r="A31" s="16"/>
       <c r="B31" s="15" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="18">
-        <v>12040</v>
+        <v>28750</v>
       </c>
       <c r="D31" s="18">
-        <v>11850</v>
+        <v>28060</v>
       </c>
       <c r="E31" s="18">
-        <v>11560</v>
+        <v>26910</v>
       </c>
       <c r="F31" s="18">
-        <v>11270</v>
+        <v>26220</v>
       </c>
       <c r="G31" s="18">
-        <v>11080</v>
+        <v>25760</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="33" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A33" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="21" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
       <c r="I33" s="21"/>
       <c r="J33" s="21"/>
       <c r="K33" s="21"/>
       <c r="L33" s="21"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1">
       <c r="L34" s="20"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>