--- v0 (2025-12-18)
+++ v1 (2026-02-23)
@@ -30,76 +30,75 @@
   <sheets>
     <sheet name="상품제안서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>[명함지갑] 자개명함3종세트-일월도 | 상품코드: S17499</t>
   </si>
   <si>
     <t>02-713-8555</t>
   </si>
   <si>
     <t>www.synergygift.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
-    <t>100개 이하의 소량 주문은 3만원의 인쇄비용이 청구됩니다.
-[...2 lines deleted...]
-  <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
-    <t>레이저 / 포장지포장</t>
+    <t>레이저3종 / 포장지포장</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
+    <t>20~</t>
+  </si>
+  <si>
     <t>100~</t>
   </si>
   <si>
+    <t>300~</t>
+  </si>
+  <si>
     <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
-  </si>
-[...1 lines deleted...]
-    <t>3,000~</t>
   </si>
   <si>
     <t xml:space="preserve">*VAT별도  </t>
   </si>
   <si>
     <t>단가</t>
   </si>
   <si>
     <t>【상품 URL】</t>
   </si>
   <si>
     <t>https://synergygift.co.kr:443/src/goods_detail.php?gdno=116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0&quot;원&quot;"/>
   </numFmts>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -335,51 +334,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34fcf52ceb4f09d87f4b5c3de1273eda2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d2cb4d93c96e4b820a184d5eea4d45b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104be64e4c8b1aba28e120d719b0aa6f2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6c5e51b7043bb4664e8564f294423d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1067,128 +1066,130 @@
       <c r="G21" s="32"/>
       <c r="H21" s="32"/>
       <c r="I21" s="32"/>
       <c r="J21" s="32"/>
       <c r="K21" s="32"/>
       <c r="L21" s="33"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="12.75" s="13" customFormat="1">
       <c r="A22" s="12"/>
       <c r="B22" s="12"/>
       <c r="C22" s="12"/>
       <c r="D22" s="12"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="12"/>
       <c r="J22" s="12"/>
       <c r="K22" s="12"/>
       <c r="L22" s="12"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A23" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B23" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B23" s="27"/>
       <c r="C23" s="27"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A24" s="1"/>
       <c r="B24" s="27"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="27"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A25" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B25" s="13" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="27" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A27" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B27" s="15" t="s">
+      <c r="C27" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="15" t="s">
+      <c r="D27" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="E27" s="15" t="s">
+      <c r="F27" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="F27" s="15" t="s">
+      <c r="G27" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="G27" s="15"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A28" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="18">
-        <v>20250</v>
+        <v>18750</v>
       </c>
       <c r="D28" s="18">
-        <v>19500</v>
+        <v>18450</v>
       </c>
       <c r="E28" s="18">
-        <v>18750</v>
+        <v>17550</v>
       </c>
       <c r="F28" s="18">
-        <v>18000</v>
-[...1 lines deleted...]
-      <c r="G28" s="18"/>
+        <v>17100</v>
+      </c>
+      <c r="G28" s="18">
+        <v>16800</v>
+      </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A29" s="8"/>
       <c r="B29" s="15"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A30" s="8"/>
       <c r="B30" s="15"/>
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="18" s="17" customFormat="1">
       <c r="A31" s="16"/>
       <c r="B31" s="15"/>
       <c r="C31" s="18"/>
       <c r="D31" s="18"/>
       <c r="E31" s="18"/>